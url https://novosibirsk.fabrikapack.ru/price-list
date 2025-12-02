--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист от 16.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист от 02.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1050">
   <si>
     <t xml:space="preserve">
 ПРОИЗВОДСТВО УПАКОВКИ. ОТДЕЛ ОПТОВЫХ ПРОДАЖ</t>
   </si>
   <si>
     <t xml:space="preserve">ООО "ДИРЕКТИВА" 141044, Московская обл, г.о. Мытищи,
 д. Грибки, д. 19А, этаж 2, ком. 21
 ОГРН 1215000121490  ИНН 5029266404
 Отдел продаж: +7 (495) 790-89-85
 e-mail: sales@fabrikapack.ru   https://fabrikapack.ru </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -67,51 +67,51 @@
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="12"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Работаем с НДС. </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="12"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Действует система скидок от суммы заказа.</t>
     </r>
   </si>
   <si>
-    <t>Прайс-лист от 16.10.2025</t>
+    <t>Прайс-лист от 02.12.2025</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>В коробке, шт</t>
   </si>
   <si>
     <t>Цена при заказе 
 от 150 000 руб</t>
   </si>
   <si>
     <t>Цена при заказе 
 от 300 000 руб</t>
   </si>
   <si>
     <t>Цена при заказе 
 от 500 000 руб</t>
   </si>
@@ -9330,51 +9330,51 @@
       </c>
       <c r="E216" s="13" t="s">
         <v>931</v>
       </c>
       <c r="F216" s="13" t="s">
         <v>932</v>
       </c>
       <c r="G216" s="13" t="s">
         <v>933</v>
       </c>
       <c r="H216" s="13" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="40">
       <c r="A217" s="13">
         <v>208</v>
       </c>
       <c r="B217" s="13" t="s">
         <v>935</v>
       </c>
       <c r="C217" s="16" t="s">
         <v>936</v>
       </c>
       <c r="D217" s="13">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="E217" s="13" t="s">
         <v>937</v>
       </c>
       <c r="F217" s="13" t="s">
         <v>938</v>
       </c>
       <c r="G217" s="13" t="s">
         <v>939</v>
       </c>
       <c r="H217" s="13" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="40">
       <c r="A218" s="13">
         <v>209</v>
       </c>
       <c r="B218" s="13" t="s">
         <v>941</v>
       </c>
       <c r="C218" s="16" t="s">
         <v>942</v>
       </c>
       <c r="D218" s="13">
@@ -13380,51 +13380,51 @@
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист от 16.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист от 02.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Антон Черепанов</dc:creator>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>